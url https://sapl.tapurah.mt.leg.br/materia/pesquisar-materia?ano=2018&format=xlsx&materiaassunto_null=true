--- v0 (2025-12-18)
+++ v1 (2026-03-24)
@@ -51,171 +51,171 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_007.2018_aluguel_das_dependencias_esportivas_e_pq_exposicao_-_ok.docx</t>
+    <t>http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_007.2018_aluguel_das_dependencias_esportivas_e_pq_exposicao_-_ok.docx</t>
   </si>
   <si>
     <t>INSTITUI A COBRANÇA DE PREÇO PÚBLICO PARA A AUTORIZAÇÃO DE UTILIZAÇÃO DAS DEPENDÊNCIAS ESPORTIVAS MUNICIPAIS E DA ÁREA CENTRAL DO PARQUE DE EXPOSIÇÃO REINALDO TIRLONIDE TAPURAH E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/133/pl_13-2018_-_altera_contribuicao_de_iluminacao.pdf</t>
+    <t>http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/133/pl_13-2018_-_altera_contribuicao_de_iluminacao.pdf</t>
   </si>
   <si>
     <t>Inclui os proprietários, os titulares do domínio útil ou possuidores a qualquer título de imóvel não edificável como sujeito passivo da Contribuição de Iluminação Pública, acrescenta-se o artigo 4-A e altera a redação dos artigos 2°, 3°, 4°  e 6° e do §1° do artigo 5° da lei municipal número 996 de 18 de dezembro de 2013.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_025-2018_altera_dispositivos_das_lei_1090_e_1197.docx</t>
+    <t>http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_025-2018_altera_dispositivos_das_lei_1090_e_1197.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS LEIS 1090 DE 30 DE SETEMBRO DE 2015 E 1197 DE 03 DE ABRIL DE 2018</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/131/plc_06-2018_-_altera_lc_67-2014_-_taxa_parcelamento_do_solo.pdf</t>
+    <t>http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/131/plc_06-2018_-_altera_lc_67-2014_-_taxa_parcelamento_do_solo.pdf</t>
   </si>
   <si>
     <t>Altera Dispositivo da Lei Complementar 67/2014 e dá outras providências.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/132/plc_-_09-2018_-_altera_lc_67-2014-_ctm-paginas-14-8.pdf</t>
+    <t>http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/132/plc_-_09-2018_-_altera_lc_67-2014-_ctm-paginas-14-8.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivo da lei complementar 67 de 24 de novembro de 2014 e dá outras providências.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Cleomar Campos</t>
   </si>
   <si>
-    <t>https://sapl.tapurah.mt.leg.br/media/</t>
+    <t>http://sapl.tapurah.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Emenda de Modificativa n° 01 ao Projeto de Lei n°07/2018</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Anilson Antônio Martins</t>
   </si>
   <si>
-    <t>https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/20/01_emenda_moficativa_02_2018_-_projeto_de_lei_do_legislativo_07-2018_-.docx</t>
+    <t>http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/20/01_emenda_moficativa_02_2018_-_projeto_de_lei_do_legislativo_07-2018_-.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa n° 02 ao Projeto de Lei n° 007/2018 – Altera o do Art. 4º do Projeto de Lei 007/2018.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Aelton Figueiredo, Alcione José Biasi, Cleomar Campos, Odair César Nunes</t>
   </si>
   <si>
-    <t>https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/21/emenda_modificativa_e_aditiva_no_003_2018_-_projeto_07_-2018_-__preco_publico_para_utilizacao_das_dependencias_esportivas.docx</t>
+    <t>http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/21/emenda_modificativa_e_aditiva_no_003_2018_-_projeto_07_-2018_-__preco_publico_para_utilizacao_das_dependencias_esportivas.docx</t>
   </si>
   <si>
     <t>Emenda de modificativa e aditiva n° 03 ao projeto de Lei n°07/2018</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/22/emenda__e_aditiva_no_004_2018_-_projeto_07_-2018_-__nao_proibicao_de_entrada_de_quem_possui_direito_de_uso_dos_quiosques.docx</t>
+    <t>http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/22/emenda__e_aditiva_no_004_2018_-_projeto_07_-2018_-__nao_proibicao_de_entrada_de_quem_possui_direito_de_uso_dos_quiosques.docx</t>
   </si>
   <si>
     <t>Emenda aditiva n° 4 ao projeto de Lei n°07/2018.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -522,68 +522,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_007.2018_aluguel_das_dependencias_esportivas_e_pq_exposicao_-_ok.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/133/pl_13-2018_-_altera_contribuicao_de_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_025-2018_altera_dispositivos_das_lei_1090_e_1197.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/131/plc_06-2018_-_altera_lc_67-2014_-_taxa_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/132/plc_-_09-2018_-_altera_lc_67-2014-_ctm-paginas-14-8.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapurah.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/20/01_emenda_moficativa_02_2018_-_projeto_de_lei_do_legislativo_07-2018_-.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/21/emenda_modificativa_e_aditiva_no_003_2018_-_projeto_07_-2018_-__preco_publico_para_utilizacao_das_dependencias_esportivas.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/22/emenda__e_aditiva_no_004_2018_-_projeto_07_-2018_-__nao_proibicao_de_entrada_de_quem_possui_direito_de_uso_dos_quiosques.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_007.2018_aluguel_das_dependencias_esportivas_e_pq_exposicao_-_ok.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/133/pl_13-2018_-_altera_contribuicao_de_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_025-2018_altera_dispositivos_das_lei_1090_e_1197.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/131/plc_06-2018_-_altera_lc_67-2014_-_taxa_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/132/plc_-_09-2018_-_altera_lc_67-2014-_ctm-paginas-14-8.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapurah.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/20/01_emenda_moficativa_02_2018_-_projeto_de_lei_do_legislativo_07-2018_-.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/21/emenda_modificativa_e_aditiva_no_003_2018_-_projeto_07_-2018_-__preco_publico_para_utilizacao_das_dependencias_esportivas.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapurah.mt.leg.br/media/sapl/public/materialegislativa/2018/22/emenda__e_aditiva_no_004_2018_-_projeto_07_-2018_-__nao_proibicao_de_entrada_de_quem_possui_direito_de_uso_dos_quiosques.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="194.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="193.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>